--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -1,118 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\D\! pienorinka.vic.lt\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\D\! pienorinka.vic.lt\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{73814575-1156-4370-BD9F-AA4217403AE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{32769999-7D6D-4CEC-885E-1FEB55687673}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="20625" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="3 pav." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Metai</t>
   </si>
   <si>
     <t>Ūkių, laikančių karves, skaičius</t>
   </si>
   <si>
     <t>Karvių skaičius</t>
   </si>
   <si>
     <t>Ūkių, laikančių karves ir karvių skaičius sausio 1 d.</t>
   </si>
   <si>
     <t xml:space="preserve">Daugiau informacijos rasite: </t>
   </si>
   <si>
-    <t>2021 m.</t>
-[...1 lines deleted...]
-  <si>
     <t>2022 m.</t>
   </si>
   <si>
     <t>2023 m.</t>
   </si>
   <si>
     <t>Šaltinis: Ūkinių gyvūnų registras  © VĮ ŽŪDC</t>
   </si>
   <si>
     <t>2024 m.</t>
   </si>
   <si>
     <t>https://zudc.lt/statistika/</t>
   </si>
   <si>
     <t>2025 m.</t>
+  </si>
+  <si>
+    <t>2026 m.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
@@ -719,140 +720,146 @@
   </cols>
   <sheetData>
     <row r="2" spans="2:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="13"/>
       <c r="D2" s="13"/>
     </row>
     <row r="3" spans="2:5" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="2">
-        <v>27468</v>
+        <v>23929</v>
       </c>
       <c r="D4" s="4">
-        <v>234345</v>
+        <v>226049</v>
       </c>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="2">
-        <v>23929</v>
+        <v>21507</v>
       </c>
       <c r="D5" s="4">
-        <v>226049</v>
+        <v>222954</v>
       </c>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B6" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" s="2">
-        <v>21507</v>
+        <v>18875</v>
       </c>
       <c r="D6" s="4">
-        <v>222954</v>
+        <v>212885</v>
       </c>
     </row>
     <row r="7" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C7" s="2">
-        <v>18875</v>
+        <v>16349</v>
       </c>
       <c r="D7" s="4">
-        <v>212885</v>
+        <v>201631</v>
       </c>
     </row>
     <row r="8" spans="2:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="6">
-        <v>16349</v>
+        <v>14571</v>
       </c>
       <c r="D8" s="7">
-        <v>201631</v>
+        <v>199568</v>
       </c>
     </row>
     <row r="10" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
     </row>
     <row r="11" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B11" s="14" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
     </row>
     <row r="12" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
     </row>
     <row r="13" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B13" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IC3FrbvC+OxT5LGMXZkYcDU8llgL9nfuG/VlsIw3klS6l5ZAk7XmZ8sU8bnsQWcndDIvbSpRY4e/LOcX/50pkw==" saltValue="BkYQ4Dhapj9n+Sm+ImKZmQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0oyD6r03fJ/Kc/l3ZFN+RM2BAtUzJaAGK3FqwkFdI4O7ia4yFAnrMVBbWM0MXCZg1t4IFhJziPu+9Ul7ygpBcg==" saltValue="o/U5xDK7qjfmlZYJkKc49w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B11:C11"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B11" r:id="rId1" xr:uid="{A12ABFA8-47BE-4DC6-B315-684A494152F1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{4ed3995c-6b14-493c-bcc2-f2b49a597150}" enabled="1" method="Standard" siteId="{3c29631f-027a-4aec-98d1-be0cc8883016}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>3 pav.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>