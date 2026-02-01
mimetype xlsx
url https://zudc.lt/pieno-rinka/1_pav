--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\D\! pienorinka.vic.lt\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5605C688-D343-4123-BE00-46F98D59C9DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5389209-7C58-4A17-8596-62081109A450}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1 pav." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="25">
   <si>
     <t>Metai</t>
   </si>
   <si>
     <t>Ūkių, laikančių karves, skaičius</t>
   </si>
   <si>
     <t>Karvių skaičius</t>
   </si>
   <si>
     <t>Mėnuo</t>
   </si>
   <si>
     <t>Sausis</t>
   </si>
   <si>
     <t>Vasaris</t>
   </si>
   <si>
     <t>Kovas</t>
   </si>
   <si>
     <t>Balandis</t>
   </si>
   <si>
@@ -87,75 +87,72 @@
   <si>
     <t>Birželis</t>
   </si>
   <si>
     <t>Liepa</t>
   </si>
   <si>
     <t>Rugpjūtis</t>
   </si>
   <si>
     <t>Rugsėjis</t>
   </si>
   <si>
     <t>Spalis</t>
   </si>
   <si>
     <t>Lapkritis</t>
   </si>
   <si>
     <t>Gruodis</t>
   </si>
   <si>
     <t xml:space="preserve">Daugiau informacijos rasite: </t>
   </si>
   <si>
-    <t>2020 m.</t>
-[...4 lines deleted...]
-  <si>
     <t>2022 m.</t>
   </si>
   <si>
     <t>Šaltinis: Ūkinių gyvūnų registras  © VĮ ŽŪDC</t>
   </si>
   <si>
     <t>2023 m.</t>
   </si>
   <si>
     <t>2024 m.</t>
   </si>
   <si>
     <t>https://zudc.lt/statistika/</t>
   </si>
   <si>
     <t>2025 m.</t>
   </si>
   <si>
-    <t>Karvių skaičius 2020-2025 m.</t>
+    <t>2026 m.</t>
+  </si>
+  <si>
+    <t>Karvių skaičius 2022-2026 m.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -195,51 +192,51 @@
     </font>
     <font>
       <i/>
       <u/>
       <sz val="10"/>
       <color rgb="FF0C4178"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -438,156 +435,176 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipersaitas" xfId="2" builtinId="8"/>
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
     <cellStyle name="Įprastas 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="2">
-[...14 lines deleted...]
-  </dxfs>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0C4178"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
@@ -833,997 +850,741 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zudc.lt/statistika/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zudc.lt/statistika/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:E79"/>
+  <dimension ref="B2:E58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A40" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="3" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2:E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="9.140625" style="1"/>
     <col min="4" max="5" width="15.7109375" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="18" t="s">
-[...4 lines deleted...]
-      <c r="E2" s="18"/>
+      <c r="B2" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="2:5" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="19" t="s">
+      <c r="B4" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="9">
-        <v>241847</v>
+        <v>226049</v>
       </c>
       <c r="E4" s="10">
-        <v>30854</v>
+        <v>23929</v>
       </c>
     </row>
     <row r="5" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="20"/>
+      <c r="B5" s="25"/>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2">
-        <v>240892</v>
+        <v>231780</v>
       </c>
       <c r="E5" s="3">
-        <v>30584</v>
+        <v>23884</v>
       </c>
     </row>
     <row r="6" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="20"/>
+      <c r="B6" s="25"/>
       <c r="C6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="2">
-        <v>240589</v>
+        <v>227150</v>
       </c>
       <c r="E6" s="3">
-        <v>30356</v>
+        <v>23763</v>
       </c>
     </row>
     <row r="7" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="20"/>
+      <c r="B7" s="25"/>
       <c r="C7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="2">
-        <v>241641</v>
+        <v>228075</v>
       </c>
       <c r="E7" s="3">
-        <v>30201</v>
+        <v>23643</v>
       </c>
     </row>
     <row r="8" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="20"/>
+      <c r="B8" s="25"/>
       <c r="C8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2">
-        <v>242861</v>
+        <v>227962</v>
       </c>
       <c r="E8" s="3">
-        <v>30127</v>
+        <v>23491</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="20"/>
+      <c r="B9" s="25"/>
       <c r="C9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="2">
-        <v>242937</v>
+        <v>229209</v>
       </c>
       <c r="E9" s="3">
-        <v>29861</v>
+        <v>23318</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="20"/>
+      <c r="B10" s="25"/>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2">
-        <v>243206</v>
+        <v>229919</v>
       </c>
       <c r="E10" s="3">
-        <v>29759</v>
+        <v>23174</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="20"/>
+      <c r="B11" s="25"/>
       <c r="C11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2">
-        <v>241325</v>
+        <v>229550</v>
       </c>
       <c r="E11" s="3">
-        <v>29380</v>
+        <v>23006</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="20"/>
+      <c r="B12" s="25"/>
       <c r="C12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="2">
-        <v>240303</v>
+        <v>229282</v>
       </c>
       <c r="E12" s="3">
-        <v>29000</v>
+        <v>22730</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="20"/>
+      <c r="B13" s="25"/>
       <c r="C13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="2">
-        <v>238188</v>
+        <v>227532</v>
       </c>
       <c r="E13" s="3">
-        <v>28500</v>
+        <v>22375</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="20"/>
+      <c r="B14" s="25"/>
       <c r="C14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="2">
-        <v>237410</v>
+        <v>225381</v>
       </c>
       <c r="E14" s="3">
-        <v>28100</v>
+        <v>21966</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="20"/>
-      <c r="C15" s="11" t="s">
+      <c r="B15" s="26"/>
+      <c r="C15" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="11">
-[...3 lines deleted...]
-        <v>27769</v>
+      <c r="D15" s="4">
+        <v>222502</v>
+      </c>
+      <c r="E15" s="5">
+        <v>21615</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="21" t="s">
-        <v>18</v>
+      <c r="B16" s="24" t="s">
+        <v>19</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="9">
-        <v>234345</v>
+        <v>222954</v>
       </c>
       <c r="E16" s="10">
-        <v>27468</v>
+        <v>21507</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="22"/>
+      <c r="B17" s="25"/>
       <c r="C17" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="2">
-        <v>234824</v>
+        <v>223429</v>
       </c>
       <c r="E17" s="3">
-        <v>27338</v>
+        <v>21428</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="22"/>
+      <c r="B18" s="25"/>
       <c r="C18" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="2">
-        <v>234303</v>
+        <v>223316</v>
       </c>
       <c r="E18" s="3">
-        <v>27197</v>
+        <v>21310</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="22"/>
+      <c r="B19" s="25"/>
       <c r="C19" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="2">
-        <v>236064</v>
+        <v>223935</v>
       </c>
       <c r="E19" s="3">
-        <v>27042</v>
+        <v>21162</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="22"/>
+      <c r="B20" s="25"/>
       <c r="C20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2">
-        <v>236163</v>
+        <v>224316</v>
       </c>
       <c r="E20" s="3">
-        <v>26829</v>
+        <v>21028</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="22"/>
+      <c r="B21" s="25"/>
       <c r="C21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>235638</v>
+        <v>224089</v>
       </c>
       <c r="E21" s="3">
-        <v>26538</v>
+        <v>20848</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="22"/>
+      <c r="B22" s="25"/>
       <c r="C22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2">
-        <v>236158</v>
+        <v>225085</v>
       </c>
       <c r="E22" s="3">
-        <v>26310</v>
+        <v>20736</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="22"/>
+      <c r="B23" s="25"/>
       <c r="C23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2">
-        <v>234480</v>
+        <v>223658</v>
       </c>
       <c r="E23" s="3">
-        <v>25968</v>
+        <v>20490</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="22"/>
+      <c r="B24" s="25"/>
       <c r="C24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D24" s="2">
-        <v>232449</v>
+        <v>221798</v>
       </c>
       <c r="E24" s="3">
-        <v>25533</v>
+        <v>20237</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="22"/>
+      <c r="B25" s="25"/>
       <c r="C25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D25" s="2">
-        <v>230453</v>
+        <v>219846</v>
       </c>
       <c r="E25" s="3">
-        <v>25028</v>
+        <v>19906</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="22"/>
+      <c r="B26" s="25"/>
       <c r="C26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="2">
-        <v>226628</v>
+        <v>215587</v>
       </c>
       <c r="E26" s="3">
-        <v>24394</v>
+        <v>19341</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="23"/>
+      <c r="B27" s="26"/>
       <c r="C27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="4">
-        <v>226125</v>
+        <v>213506</v>
       </c>
       <c r="E27" s="5">
-        <v>24104</v>
+        <v>19054</v>
       </c>
     </row>
     <row r="28" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="21" t="s">
-        <v>19</v>
+      <c r="B28" s="24" t="s">
+        <v>20</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="9">
-        <v>226049</v>
+        <v>212885</v>
       </c>
       <c r="E28" s="10">
-        <v>23929</v>
+        <v>18875</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="22"/>
+      <c r="B29" s="25"/>
       <c r="C29" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="2">
-        <v>231780</v>
+        <v>211803</v>
       </c>
       <c r="E29" s="3">
-        <v>23884</v>
+        <v>18709</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B30" s="22"/>
+      <c r="B30" s="25"/>
       <c r="C30" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="2">
-        <v>227150</v>
+        <v>209540</v>
       </c>
       <c r="E30" s="3">
-        <v>23763</v>
+        <v>18532</v>
       </c>
     </row>
     <row r="31" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="22"/>
+      <c r="B31" s="25"/>
       <c r="C31" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="2">
-        <v>228075</v>
+        <v>211013</v>
       </c>
       <c r="E31" s="3">
-        <v>23643</v>
+        <v>18455</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="22"/>
+      <c r="B32" s="25"/>
       <c r="C32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2">
-        <v>227962</v>
+        <v>210695</v>
       </c>
       <c r="E32" s="3">
-        <v>23491</v>
+        <v>18288</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="22"/>
+      <c r="B33" s="25"/>
       <c r="C33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="2">
-        <v>229209</v>
+        <v>210507</v>
       </c>
       <c r="E33" s="3">
-        <v>23318</v>
+        <v>18136</v>
       </c>
     </row>
     <row r="34" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="22"/>
+      <c r="B34" s="25"/>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
-        <v>229919</v>
+        <v>211267</v>
       </c>
       <c r="E34" s="3">
-        <v>23174</v>
+        <v>18020</v>
       </c>
     </row>
     <row r="35" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="22"/>
+      <c r="B35" s="25"/>
       <c r="C35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="2">
-        <v>229550</v>
+        <v>209183</v>
       </c>
       <c r="E35" s="3">
-        <v>23006</v>
+        <v>17794</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="22"/>
+      <c r="B36" s="25"/>
       <c r="C36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="2">
-        <v>229282</v>
+        <v>207607</v>
       </c>
       <c r="E36" s="3">
-        <v>22730</v>
+        <v>17568</v>
       </c>
     </row>
     <row r="37" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="22"/>
+      <c r="B37" s="25"/>
       <c r="C37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D37" s="2">
-        <v>227532</v>
+        <v>206609</v>
       </c>
       <c r="E37" s="3">
-        <v>22375</v>
+        <v>17277</v>
       </c>
     </row>
     <row r="38" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="22"/>
+      <c r="B38" s="25"/>
       <c r="C38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="2">
-        <v>225381</v>
+        <v>202790</v>
       </c>
       <c r="E38" s="3">
-        <v>21966</v>
+        <v>16723</v>
       </c>
     </row>
     <row r="39" spans="2:5" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="23"/>
+      <c r="B39" s="26"/>
       <c r="C39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="4">
-        <v>222502</v>
+        <v>201244</v>
       </c>
       <c r="E39" s="5">
-        <v>21615</v>
+        <v>16435</v>
       </c>
     </row>
     <row r="40" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="21" t="s">
-        <v>21</v>
+      <c r="B40" s="22" t="s">
+        <v>22</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D40" s="9">
-        <v>222954</v>
+        <v>201631</v>
       </c>
       <c r="E40" s="10">
-        <v>21507</v>
+        <v>16349</v>
       </c>
     </row>
     <row r="41" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="22"/>
+      <c r="B41" s="23"/>
       <c r="C41" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="2">
-        <v>223429</v>
+        <v>201415</v>
       </c>
       <c r="E41" s="3">
-        <v>21428</v>
+        <v>16247</v>
       </c>
     </row>
     <row r="42" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="22"/>
+      <c r="B42" s="23"/>
       <c r="C42" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D42" s="2">
-        <v>223316</v>
+        <v>201084</v>
       </c>
       <c r="E42" s="3">
-        <v>21310</v>
+        <v>16185</v>
       </c>
     </row>
     <row r="43" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="22"/>
+      <c r="B43" s="23"/>
       <c r="C43" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="2">
-        <v>223935</v>
+        <v>203166</v>
       </c>
       <c r="E43" s="3">
-        <v>21162</v>
+        <v>16073</v>
       </c>
     </row>
     <row r="44" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="22"/>
+      <c r="B44" s="23"/>
       <c r="C44" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="2">
-        <v>224316</v>
+        <v>203368</v>
       </c>
       <c r="E44" s="3">
-        <v>21028</v>
+        <v>15930</v>
       </c>
     </row>
     <row r="45" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="22"/>
+      <c r="B45" s="23"/>
       <c r="C45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="2">
-        <v>224089</v>
+        <v>203543</v>
       </c>
       <c r="E45" s="3">
-        <v>20848</v>
+        <v>15835</v>
       </c>
     </row>
     <row r="46" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="22"/>
-      <c r="C46" s="2" t="s">
+      <c r="B46" s="23"/>
+      <c r="C46" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="D46" s="2">
-[...3 lines deleted...]
-        <v>20736</v>
+      <c r="D46" s="11">
+        <v>204608</v>
+      </c>
+      <c r="E46" s="12">
+        <v>15787</v>
       </c>
     </row>
     <row r="47" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="22"/>
-      <c r="C47" s="2" t="s">
+      <c r="B47" s="23"/>
+      <c r="C47" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="D47" s="2">
-[...3 lines deleted...]
-        <v>20490</v>
+      <c r="D47" s="11">
+        <v>203937</v>
+      </c>
+      <c r="E47" s="12">
+        <v>15621</v>
       </c>
     </row>
     <row r="48" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="22"/>
-      <c r="C48" s="2" t="s">
+      <c r="B48" s="23"/>
+      <c r="C48" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="D48" s="2">
-[...3 lines deleted...]
-        <v>20237</v>
+      <c r="D48" s="11">
+        <v>202786</v>
+      </c>
+      <c r="E48" s="12">
+        <v>15458</v>
       </c>
     </row>
     <row r="49" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="22"/>
-      <c r="C49" s="2" t="s">
+      <c r="B49" s="23"/>
+      <c r="C49" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="D49" s="2">
-[...3 lines deleted...]
-        <v>19906</v>
+      <c r="D49" s="11">
+        <v>203359</v>
+      </c>
+      <c r="E49" s="12">
+        <v>15241</v>
       </c>
     </row>
     <row r="50" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="22"/>
-      <c r="C50" s="2" t="s">
+      <c r="B50" s="23"/>
+      <c r="C50" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="D50" s="2">
-[...3 lines deleted...]
-        <v>19341</v>
+      <c r="D50" s="11">
+        <v>199857</v>
+      </c>
+      <c r="E50" s="12">
+        <v>14791</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="23"/>
+      <c r="B51" s="27"/>
       <c r="C51" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="4">
-        <v>213506</v>
+        <v>199272</v>
       </c>
       <c r="E51" s="5">
-        <v>19054</v>
-[...6 lines deleted...]
-      <c r="C52" s="9" t="s">
+        <v>14667</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="D52" s="9">
-[...3 lines deleted...]
-        <v>18875</v>
+      <c r="D52" s="18">
+        <v>199568</v>
+      </c>
+      <c r="E52" s="19">
+        <v>14571</v>
       </c>
     </row>
     <row r="53" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="B53" s="13"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="14"/>
     </row>
     <row r="54" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="B54" s="13"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="14"/>
+      <c r="E54" s="14"/>
     </row>
     <row r="55" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="B55" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C55" s="15"/>
+      <c r="D55" s="15"/>
+      <c r="E55" s="16"/>
     </row>
     <row r="56" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="B56" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="C56" s="20"/>
+      <c r="D56" s="20"/>
+      <c r="E56" s="20"/>
     </row>
     <row r="57" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="B57" s="15"/>
+      <c r="C57" s="15"/>
+      <c r="D57" s="15"/>
+      <c r="E57" s="16"/>
     </row>
     <row r="58" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="22"/>
-[...232 lines deleted...]
-      <c r="E79" s="16"/>
+      <c r="B58" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C58" s="15"/>
+      <c r="D58" s="15"/>
+      <c r="E58" s="16"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XDMfYWDXQtJnZci0PUcboCTCKZopKPxSPwDaG1nYWmpuLZ5XTWa9kM5xPSnjtWSOQBtHOFm48UlvTF4uxpyOlQ==" saltValue="qltLOr4xTyQelTWCWd2/NA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <mergeCell ref="B77:E77"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="da2CwxeUb3s/8Wac7/+Xy90iT/HD6NsKsJC/JgQr4Bm0oYU1bvOlZUdgrsfMCdZfyZHJ9N4ydm2XLOX9vmHAYw==" saltValue="wyCeMklEWkAOoLY9kuvUEg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="6">
+    <mergeCell ref="B56:E56"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B4:B15"/>
     <mergeCell ref="B16:B27"/>
     <mergeCell ref="B28:B39"/>
     <mergeCell ref="B40:B51"/>
-    <mergeCell ref="B52:B63"/>
-    <mergeCell ref="B64:B73"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="B77" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-    <hyperlink ref="B77:E77" r:id="rId2" display="https://zudc.lt/statistika/" xr:uid="{A7217303-73C5-4ED9-8662-A9A593F2B34B}"/>
+    <hyperlink ref="B56" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B56:E56" r:id="rId2" display="https://zudc.lt/statistika/" xr:uid="{A7217303-73C5-4ED9-8662-A9A593F2B34B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{4ed3995c-6b14-493c-bcc2-f2b49a597150}" enabled="1" method="Standard" siteId="{3c29631f-027a-4aec-98d1-be0cc8883016}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>